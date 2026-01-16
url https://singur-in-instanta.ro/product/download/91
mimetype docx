--- v0 (2025-10-13)
+++ v1 (2026-01-16)
@@ -2648,58 +2648,58 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">neți o dată cu </w:t>
       </w:r>
       <w:r w:rsidR="0028498D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>întâmpinarea</w:t>
       </w:r>
       <w:r w:rsidRPr="00D158D6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640FDE3A" w14:textId="6F0AED5D" w:rsidR="00C75881" w:rsidRPr="00355330" w:rsidRDefault="00C75881" w:rsidP="00C75881">
+    <w:p w14:paraId="640FDE3A" w14:textId="6F0AED5D" w:rsidR="00C75881" w:rsidRDefault="00C75881" w:rsidP="00C75881">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
+          <w:rStyle w:val="Accentuat"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D158D6">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">    Pe fiecare înscris pe care îl anexați prezentei </w:t>
       </w:r>
       <w:r w:rsidR="0028498D">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>întâmpinăr</w:t>
       </w:r>
       <w:r w:rsidR="00671158">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="0028498D">
@@ -2739,627 +2739,714 @@
         <w:t>înscrisurile pe care doriți să le depuneți</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve"> o dată cu </w:t>
       </w:r>
       <w:r w:rsidR="0028498D">
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>întâmpinarea</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3503E">
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4FCD5087" w14:textId="77777777" w:rsidR="00C75881" w:rsidRPr="001F56B3" w:rsidRDefault="00C75881" w:rsidP="00C75881">
-[...341 lines deleted...]
-    <w:p w14:paraId="2C4A01A3" w14:textId="7A4CC6DD" w:rsidR="00C75881" w:rsidRDefault="00C75881" w:rsidP="00C75881">
+    <w:p w14:paraId="788F7665" w14:textId="77777777" w:rsidR="00175E6D" w:rsidRDefault="00175E6D" w:rsidP="00C75881">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...29 lines deleted...]
-    <w:p w14:paraId="2E2DA33B" w14:textId="77777777" w:rsidR="00C75881" w:rsidRPr="006309B6" w:rsidRDefault="00C75881" w:rsidP="00C75881">
+          <w:rStyle w:val="Accentuat"/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="567A8247" w14:textId="77777777" w:rsidR="00175E6D" w:rsidRPr="00281B12" w:rsidRDefault="00175E6D" w:rsidP="00175E6D">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281B12">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>  Atenție! Conform art. 150 din Codul de procedură civilă:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E4B563" w14:textId="77777777" w:rsidR="00175E6D" w:rsidRPr="00281B12" w:rsidRDefault="00175E6D" w:rsidP="00175E6D">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281B12">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>   „ (1) La fiecare exemplar al cererii se vor alătura copii de pe înscrisurile de care partea înţelege a se folosi în proces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450F5767" w14:textId="77777777" w:rsidR="00175E6D" w:rsidRPr="00281B12" w:rsidRDefault="00175E6D" w:rsidP="00175E6D">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281B12">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>    (2) Copiile vor fi certificate de parte pentru conformitate cu originalul. Dacă copiile sunt transmise în format electronic, partea le va putea conforma cu originalul prin aplicarea semnăturii electronice.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBC3CEF" w14:textId="77777777" w:rsidR="00175E6D" w:rsidRPr="00355330" w:rsidRDefault="00175E6D" w:rsidP="00C75881">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...28 lines deleted...]
-    <w:p w14:paraId="27DBE02F" w14:textId="00947FC4" w:rsidR="00C75881" w:rsidRPr="00C75881" w:rsidRDefault="00C75881" w:rsidP="00C75881">
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FCD5087" w14:textId="77777777" w:rsidR="00C75881" w:rsidRPr="001F56B3" w:rsidRDefault="00C75881" w:rsidP="00C75881">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>În cadrul probei cu testimoniale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>solicit</w:t>
+      </w:r>
       <w:r>
-        <w:t>De asemenea, s</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>ăm</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2BC9">
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> citarea în calitate de martori a numiţilor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>nume</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>...,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prenume </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>...)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ....., cu domiciliul</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D0C6F">
-[...37 lines deleted...]
-    <w:p w14:paraId="5192DBF1" w14:textId="330F4937" w:rsidR="003715C0" w:rsidRDefault="00C75881" w:rsidP="00D63F14">
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">în ... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>(adresa completă a martorilor : localitate, str., nr., bloc, scară, etaj, nr. ap.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, pentru dovedirea celor expuse mai sus şi solicităm citarea acestora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129735BE" w14:textId="5510DFB9" w:rsidR="00C75881" w:rsidRDefault="00C75881" w:rsidP="00C75881">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A76033">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>În cadrul probei cu interogatoriu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:t>solicit</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ăm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:t xml:space="preserve"> citarea pârâtului, sub sancţiunea aplicării dispoziţiilor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01F01">
+        <w:t>art. 358 Codul de procedură civilă</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(în cazul în care </w:t>
+      </w:r>
+      <w:r w:rsidR="0021290F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>reclamantul</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>refuză să răspundă la interogatoriu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ꜜ⁾</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sau nu se înfăţişează, instanţa poate socoti aceste împrejurări ca o mărturisire deplină ori numai ca un început de dovadă în folosul aceluia care a propus interogatoriul)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76033">
+        <w:t xml:space="preserve">, pentru dovedirea următoarelor aspecte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F56B3">
+        <w:t>...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C19840A" w14:textId="77777777" w:rsidR="00D63F14" w:rsidRDefault="00D63F14" w:rsidP="00D63F14">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="3498DB"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00D63F14">
+        <w:t xml:space="preserve">În cazul în care reclamantul este o persoană fizică, mai întâi solicitați prin întâmpinare să vi se admită proba cu interogatoriul reclamantului și apoi dacă completul de judecată </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="3498DB"/>
         </w:rPr>
-        <w:t>Mențiunea este opțională. Dacă nu doriți să vă prezentați în instanță, conform art. 223 alin.3 din </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D63F14" w:rsidRPr="00ED55E0">
+        <w:lastRenderedPageBreak/>
+        <w:t>(judecătorul) acceptă aceasta probă, vi se va pune în vedere să îl prezentați la un termen pe care îl va stabili. Este recomandat în cazul persoanelor fizice să nu depuneți interogatoriul la dosar înainte de termenul de jucată pentru ca partea adversă să nu vadă întrebările și să aibă răspunsurile deja pregătite. Așadar, la data stabilită pentru termenul de judecată, grefierul va striga dosarul în care dumneavoastră sunteți parte și vă veți ridica în picioare pentru a vă confirma prezența în sală, iar completul de judecată (judecătorul) vă va cere să depuneți pe loc interogatoriul.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EB2337" w14:textId="77777777" w:rsidR="00D63F14" w:rsidRDefault="00D63F14" w:rsidP="00D63F14">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB2B591" w14:textId="77777777" w:rsidR="00D63F14" w:rsidRDefault="00D63F14" w:rsidP="00D63F14">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="3498DB"/>
         </w:rPr>
-        <w:t>Codul</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D63F14">
+        <w:t>În cazul în care reclamantul este o persoană juridică, conform art.355 din Codul de procedură civilă, acesta va răspunde în scris la interogatoriul și va trebui să îl depuneți până la termenul stabilit de judecător.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EEC6B8C" w14:textId="77777777" w:rsidR="00D63F14" w:rsidRDefault="00D63F14" w:rsidP="00D63F14">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EE694AD" w14:textId="4464F376" w:rsidR="00D63F14" w:rsidRDefault="00D63F14" w:rsidP="00D63F14">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="3498DB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de procedură civilă, cauza se judecă și în absența dumneavoastră, dacă ați precizat în </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A70830">
+        <w:t>Astfel, dacă doriți să solicitați interogatoriul persoanei juridice sau dacă completul de judecată vă încuviinţează o asemenea probă în cazul persoanelor fizice, trebuie să formulaţi în scris toate întrebările pe care doriţi să le puneţi, lăsând spaţiu pentru consemnarea răspunsurilor (de obicei se împarte coala A4 în două coloane, pe prima coloană fiind enumerate întrebările, iar pe cea de a doua se lasă spațiu pentru a se completa răspu</w:t>
+      </w:r>
+      <w:r w:rsidR="00845090">
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="3498DB"/>
         </w:rPr>
-        <w:t>întâmpinare</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D63F14">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="3498DB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> că doriți ca judecarea acesteia să se facă și în lipsă. Atenție, potrivit art.411 alin.1 pct.2, când niciuna din părți nu se prezintă la proces, judecătorul suspendă judecata, cu excepția situației în care una din părți a cerut în scris judecarea în lipsă.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="661464C6" w14:textId="77777777" w:rsidR="003715C0" w:rsidRDefault="003715C0" w:rsidP="00D63F14">
+        <w:t>surile de către judecător în funcție de spusele părții adverse). De exemplu: 1. Recunoașteți că ...? Este adevărat că în data de...?  etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3C6DB7" w14:textId="77777777" w:rsidR="00C75881" w:rsidRPr="00B662A4" w:rsidRDefault="00C75881" w:rsidP="00C75881">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B662A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>În cadrul probei cu expertiză</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B662A4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B662A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>în specialitatea .....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B662A4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, solicităm încuviinţarea următoarelor obiective .....ꜜ⁾</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4A01A3" w14:textId="7A4CC6DD" w:rsidR="00C75881" w:rsidRDefault="00C75881" w:rsidP="00C75881">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>ꜜ⁾ Alegeți specialitatea în conformitate cu clasificarea prevăzută în Ordinul Ministerului justiției nr.199/C/2010 pentru aprobarea Nomenclatorului specializărilor expertizei tehnice judiciare</w:t>
+      </w:r>
+      <w:r w:rsidR="00F01F01">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>(de exemplu, în cazul partajului bunurilor, specialitatea evaluări proprietății imobiliare, evaluări bunuri mobile, contabilitate etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2DA33B" w14:textId="77777777" w:rsidR="00C75881" w:rsidRPr="006309B6" w:rsidRDefault="00C75881" w:rsidP="00C75881">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Precizați obiectivele evaluării. ( de exemplu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007051A6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>în cazul partajului bunurilor, stabilirea valorii reale și actuale a casei/apartamentului, terenului, mașinii etc., precum și stablirea loturilor ce i-ar reveni fiecăruia dintre soți, stabilirea faptului că unul dintre soți a avut o contribuție mai mare la veniturile familiei ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DBE02F" w14:textId="00947FC4" w:rsidR="00C75881" w:rsidRPr="00C75881" w:rsidRDefault="00C75881" w:rsidP="00C75881">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>De asemenea, s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2BC9">
+        <w:t>olicit</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ăm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2BC9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D0C6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>judecarea cauzei în lipsă,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2BC9">
+        <w:t xml:space="preserve"> în conformitate cu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A2BC9">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01F01">
+        <w:t xml:space="preserve">art. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D63F14">
+        <w:t>233</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01F01">
+        <w:t xml:space="preserve"> alin. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D63F14">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01F01">
+        <w:t xml:space="preserve">) Codul de procedură civilă. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75881">
+        <w:t>ꜜ⁾</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75881">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5192DBF1" w14:textId="330F4937" w:rsidR="003715C0" w:rsidRDefault="00C75881" w:rsidP="00D63F14">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="3498DB"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00823CD2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ꜜ⁾ </w:t>
+      </w:r>
+      <w:r w:rsidR="00D63F14">
+        <w:rPr>
+          <w:rStyle w:val="Accentuat"/>
+          <w:color w:val="3498DB"/>
+        </w:rPr>
+        <w:t>Mențiunea este opțională. Dacă nu doriți să vă prezentați în instanță, conform art. 223 alin.3 din </w:t>
+      </w:r>
+      <w:r w:rsidR="00D63F14" w:rsidRPr="00ED55E0">
+        <w:rPr>
+          <w:rStyle w:val="Accentuat"/>
+          <w:color w:val="3498DB"/>
+        </w:rPr>
+        <w:t>Codul</w:t>
+      </w:r>
+      <w:r w:rsidR="00D63F14">
+        <w:rPr>
+          <w:rStyle w:val="Accentuat"/>
+          <w:color w:val="3498DB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de procedură civilă, cauza se judecă și în absența dumneavoastră, dacă ați precizat în </w:t>
+      </w:r>
+      <w:r w:rsidR="00A70830">
+        <w:rPr>
+          <w:rStyle w:val="Accentuat"/>
+          <w:color w:val="3498DB"/>
+        </w:rPr>
+        <w:t>întâmpinare</w:t>
+      </w:r>
+      <w:r w:rsidR="00D63F14">
+        <w:rPr>
+          <w:rStyle w:val="Accentuat"/>
+          <w:color w:val="3498DB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> că doriți ca judecarea acesteia să se facă și în lipsă. Atenție, potrivit art.411 alin.1 pct.2, când niciuna din părți nu se prezintă la proces, judecătorul suspendă judecata, cu excepția situației în care una din părți a cerut în scris judecarea în lipsă.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661464C6" w14:textId="77777777" w:rsidR="003715C0" w:rsidRDefault="003715C0" w:rsidP="00D63F14">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Accentuat"/>
+          <w:color w:val="3498DB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="78835AEE" w14:textId="28EC2E97" w:rsidR="003715C0" w:rsidRPr="00434C48" w:rsidRDefault="003715C0" w:rsidP="003715C0">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00434C48">
         <w:t xml:space="preserve">În conformitate cu art. 453 Codul de  procedură civilă, solicit instanţei să oblige </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">reclamantul </w:t>
       </w:r>
       <w:r w:rsidRPr="00434C48">
         <w:t>la </w:t>
       </w:r>
       <w:r w:rsidRPr="00434C48">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>plata cheltuielilor de judecată</w:t>
       </w:r>
       <w:r w:rsidRPr="00434C48">
         <w:t> ocazionate de acest procesꜜ⁾ . </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62445D90" w14:textId="379A5046" w:rsidR="003715C0" w:rsidRPr="00434C48" w:rsidRDefault="003715C0" w:rsidP="003715C0">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00434C48">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ꜜ⁾ De exemplu cheltuielile reprezentând onorariile avocaţilor/ experților/ sumele cuvenite martorilor pentru cheltuielile de transport, cazare sau masă etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC624ED" w14:textId="77777777" w:rsidR="003715C0" w:rsidRDefault="003715C0" w:rsidP="00D63F14">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="3498DB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EFA35CD" w14:textId="4B172B11" w:rsidR="00C75881" w:rsidRPr="00355330" w:rsidRDefault="00C75881" w:rsidP="00C75881">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00355330">
         <w:rPr>
@@ -3408,51 +3495,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6906A29A" w14:textId="48C99FC9" w:rsidR="00671158" w:rsidRPr="00F01F01" w:rsidRDefault="00C75881" w:rsidP="00671158">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F01F01">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ꜜ</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01F01">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>⁾</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01F01">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conform </w:t>
       </w:r>
       <w:r w:rsidR="00671158" w:rsidRPr="00F01F01">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -5222,50 +5308,52 @@
   <w:num w:numId="6" w16cid:durableId="1012027837">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="613635813">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00733169"/>
+    <w:rsid w:val="00107FCB"/>
+    <w:rsid w:val="00175E6D"/>
     <w:rsid w:val="0021290F"/>
     <w:rsid w:val="0028498D"/>
     <w:rsid w:val="002A26A1"/>
     <w:rsid w:val="00303135"/>
     <w:rsid w:val="003715C0"/>
     <w:rsid w:val="004471C5"/>
     <w:rsid w:val="004A0C18"/>
     <w:rsid w:val="00520167"/>
     <w:rsid w:val="00520A39"/>
     <w:rsid w:val="00583865"/>
     <w:rsid w:val="00646AB0"/>
     <w:rsid w:val="00671158"/>
     <w:rsid w:val="006C13EE"/>
     <w:rsid w:val="00733169"/>
     <w:rsid w:val="00772AC0"/>
     <w:rsid w:val="007E2713"/>
     <w:rsid w:val="00845090"/>
     <w:rsid w:val="008876D6"/>
     <w:rsid w:val="00955B4B"/>
     <w:rsid w:val="009D388E"/>
     <w:rsid w:val="00A40D01"/>
     <w:rsid w:val="00A70830"/>
     <w:rsid w:val="00AE2395"/>
     <w:rsid w:val="00AF544A"/>
     <w:rsid w:val="00B14425"/>
@@ -6239,76 +6327,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2031</Words>
-  <Characters>11784</Characters>
+  <Words>2090</Words>
+  <Characters>12124</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titlu</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13788</CharactersWithSpaces>
+  <CharactersWithSpaces>14186</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ioana Anghel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>