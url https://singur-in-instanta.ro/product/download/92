--- v0 (2025-10-02)
+++ v1 (2026-01-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="28156C97" w14:textId="77777777" w:rsidR="00E33FF9" w:rsidRPr="00E82290" w:rsidRDefault="00E33FF9" w:rsidP="00E33FF9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E82290">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Judecătoria/Tribunalul/Curtea de apel</w:t>
       </w:r>
       <w:r w:rsidRPr="00E82290">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:color w:val="000000"/>
@@ -1490,114 +1490,199 @@
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">înscrisurile pe care le depuneți o dată cu cererea </w:t>
       </w:r>
       <w:r w:rsidR="00305D2A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>reconvențională</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183CB7A2" w14:textId="68973C61" w:rsidR="00923828" w:rsidRPr="00080388" w:rsidRDefault="00923828" w:rsidP="00923828">
+    <w:p w14:paraId="183CB7A2" w14:textId="68973C61" w:rsidR="00923828" w:rsidRDefault="00923828" w:rsidP="00923828">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
+          <w:rStyle w:val="Accentuat"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">    Pe fiecare înscris pe care îl anexați prezentei cereri scrieți, în josul paginii sau unde se poate și este vizibil, pe fiecare pagină, mențiunea „ Conform cu originalul” și semnați lângă această mențiune. </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk14333449"/>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">Acesta este modul în care certificați pentru conformitate cu originalul </w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">înscrisurile pe care doriți să le depuneți o dată cu cererea </w:t>
       </w:r>
       <w:r w:rsidR="00305D2A">
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>reconvențională</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:rStyle w:val="Accentuat"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="633D5271" w14:textId="77777777" w:rsidR="00AC5893" w:rsidRDefault="00AC5893" w:rsidP="00923828">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Accentuat"/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9FCAB7" w14:textId="77777777" w:rsidR="00AC5893" w:rsidRPr="00281B12" w:rsidRDefault="00AC5893" w:rsidP="00AC5893">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281B12">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281B12">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atenție! Conform art. 150 din Codul de procedură civilă:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F30D8F2" w14:textId="77777777" w:rsidR="00AC5893" w:rsidRPr="00281B12" w:rsidRDefault="00AC5893" w:rsidP="00AC5893">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281B12">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>   „ (1) La fiecare exemplar al cererii se vor alătura copii de pe înscrisurile de care partea înţelege a se folosi în proces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFFAF87" w14:textId="77777777" w:rsidR="00AC5893" w:rsidRPr="00281B12" w:rsidRDefault="00AC5893" w:rsidP="00AC5893">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281B12">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>    (2) Copiile vor fi certificate de parte pentru conformitate cu originalul. Dacă copiile sunt transmise în format electronic, partea le va putea conforma cu originalul prin aplicarea semnăturii electronice.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A149FA" w14:textId="77777777" w:rsidR="00AC5893" w:rsidRPr="00080388" w:rsidRDefault="00AC5893" w:rsidP="00923828">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6C5D8835" w14:textId="77777777" w:rsidR="00923828" w:rsidRPr="00080388" w:rsidRDefault="00923828" w:rsidP="00923828">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>În cadrul probei cu testimoniale</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">solicităm citarea în calitate de martori a numiţilor </w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:color w:val="00B0F0"/>
         </w:rPr>
@@ -1737,61 +1822,51 @@
         <w:t xml:space="preserve">(în cazul în care </w:t>
       </w:r>
       <w:r w:rsidR="00305D2A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>reclamantul/</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">pârâtul </w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">refuză să răspundă la interogatoriuꜜ⁾ sau nu se înfăţişează, instanţa poate socoti aceste </w:t>
-[...9 lines deleted...]
-        <w:t>împrejurări ca o mărturisire deplină ori numai ca un început de dovadă în folosul aceluia care a propus interogatoriul)</w:t>
+        <w:t>refuză să răspundă la interogatoriuꜜ⁾ sau nu se înfăţişează, instanţa poate socoti aceste împrejurări ca o mărturisire deplină ori numai ca un început de dovadă în folosul aceluia care a propus interogatoriul)</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:t>, pentru dovedirea următoarelor aspecte ...</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25D0EC6D" w14:textId="6C14B7A7" w:rsidR="00923828" w:rsidRPr="00080388" w:rsidRDefault="00923828" w:rsidP="00923828">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
@@ -2195,50 +2270,51 @@
           <w:i/>
           <w:color w:val="00B0F0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Când cererea urmează a fi comunicată, ea se va face în atâtea exemplare câte sunt necesare pentru comunicare, în afară de cazurile în care părţile au un reprezentant comun sau partea figurează în mai multe calităţi juridice, când se va face într-un singur exemplar. În toate cazurile este necesar şi un exemplar pentru instanţă.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB319E3" w14:textId="1258080B" w:rsidR="00923828" w:rsidRPr="00080388" w:rsidRDefault="00923828" w:rsidP="00923828">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">    Fiecare exemplar al cererii </w:t>
       </w:r>
       <w:r w:rsidR="00FE75E6">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>reconvenționale</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> va fi însoțit de copiile certificate după înscrisurile la care ați făcut referire mai sus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F51445" w14:textId="77777777" w:rsidR="00923828" w:rsidRPr="00080388" w:rsidRDefault="00923828" w:rsidP="00923828">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
@@ -2301,51 +2377,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="63030AE0" w14:textId="77777777" w:rsidR="00923828" w:rsidRPr="00080388" w:rsidRDefault="00923828" w:rsidP="00923828">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:rStyle w:val="Robust"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>prin poştă</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">, cu confirmare de primire și , în mod ideal, cu conținut declarat sau </w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>prin curier</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
@@ -2631,87 +2706,87 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>procura</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> în original /copie legalizată /</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>delegaţia de reprezentare</w:t>
       </w:r>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/copie legalizată de pe înscrisul doveditor al calităţii de reprezentant.ꜜ⁾</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A05F3AB" w14:textId="680636F2" w:rsidR="00FE75E6" w:rsidRDefault="00923828" w:rsidP="00FE75E6">
+    <w:p w14:paraId="22C0713B" w14:textId="3C0A9CE8" w:rsidR="00FE75E6" w:rsidRPr="00C75881" w:rsidRDefault="00923828" w:rsidP="00FE75E6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080388">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ꜜ⁾ </w:t>
+        <w:t xml:space="preserve"> ꜜ⁾</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00443624">
-[...1 lines deleted...]
-          <w:rStyle w:val="Accentuat"/>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="3498DB"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Semnătura de pe cerere trebuie să fie olografă (scrisă de mână). Atenție: chiar dacă trimiteți cererea semnată prin email, instanța vă poate pune în vedere prin citație să depuneți cererea în original semnată olograf (dacă nu doriți să vă prezentați la registratura instanței pentru a o depune, o puteți trimite prin poștă și se va atașa la dosar în momentul primirii), iar în cazul în care nu vă conformați acestei solicitări, se va anula cererea pentru lipsa semnăturii. </w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>Semnătura de pe cerere trebuie să fie olografă (scrisă de mână), iar în cazul în care o trimiteți pe email se aplică semnătura electronică. Atenție: dacă trimiteți cererea semnată olograf prin email, instanța vă poate pune în vedere prin citație să depuneți cererea în original semnată olograf (dacă nu doriți să vă prezentați la registratura instanței pentru a o depune, o puteți trimite prin poștă și se va atașa la dosar în momentul primirii la instanță), iar în cazul în care nu vă conformați acestei solicitări, se va anula cererea pentru lipsa semnăturii. Totodată, potrivit art.196 alin.2 din Codul de procedură civilă, lipsa semnăturii se poate acoperi în cursul judecății, cererea putând fi semnată chiar în sedință în fața judecătorului.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4BC49CEE" w14:textId="77777777" w:rsidR="00FE75E6" w:rsidRDefault="00FE75E6" w:rsidP="00FE75E6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C75881">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Data,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C75881">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
@@ -2823,51 +2898,51 @@
         </w:rPr>
         <w:t>Domnului Preşedinte al Judecătoriei…../Tribunalului…../Curţii de Apel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C68FD0B" w14:textId="77777777" w:rsidR="00FE75E6" w:rsidRPr="00FE75E6" w:rsidRDefault="00FE75E6" w:rsidP="00FE75E6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE75E6" w:rsidRPr="00FE75E6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2877,51 +2952,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CAF0992"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="95FA1210"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -4517,111 +4592,114 @@
   <w:num w:numId="5" w16cid:durableId="1834104595">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="994183335">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="817653886">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="137067176">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1990861549">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1451048505">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="500698109">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A714CF"/>
+    <w:rsid w:val="00107FCB"/>
+    <w:rsid w:val="001C0B4C"/>
     <w:rsid w:val="001C506B"/>
     <w:rsid w:val="002C79C1"/>
     <w:rsid w:val="00305D2A"/>
     <w:rsid w:val="00443624"/>
     <w:rsid w:val="007D04C6"/>
     <w:rsid w:val="008D6C9E"/>
     <w:rsid w:val="008E00EA"/>
     <w:rsid w:val="00923828"/>
     <w:rsid w:val="00A714CF"/>
     <w:rsid w:val="00AC37DC"/>
+    <w:rsid w:val="00AC5893"/>
     <w:rsid w:val="00B61615"/>
     <w:rsid w:val="00E33FF9"/>
     <w:rsid w:val="00E64549"/>
     <w:rsid w:val="00FE75E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7CFFD74A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D0622865-0D98-48C7-A48E-3A954AA0774C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5023,51 +5101,50 @@
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titlu5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Titlu5Caracter"/>
     <w:qFormat/>
     <w:rsid w:val="00E33FF9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontdeparagrafimplicit">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TabelNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="FrListare">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titlu1Caracter">
     <w:name w:val="Titlu 1 Caracter"/>
@@ -5161,51 +5238,51 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="highlight">
     <w:name w:val="highlight"/>
     <w:rsid w:val="00923828"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="salnbdy">
     <w:name w:val="s_aln_bdy"/>
     <w:rsid w:val="00923828"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="sden">
     <w:name w:val="s_den"/>
     <w:rsid w:val="00923828"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="shdr">
     <w:name w:val="s_hdr"/>
     <w:rsid w:val="00923828"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://singur-in-instanta.ro/calculator-taxa-judiciara-de-timbru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5470,70 +5547,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8718</Characters>
+  <Pages>5</Pages>
+  <Words>1601</Words>
+  <Characters>9291</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10200</CharactersWithSpaces>
+  <CharactersWithSpaces>10871</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ioana Anghel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>